--- v0 (2025-10-12)
+++ v1 (2025-12-13)
@@ -1,412 +1,818 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:background w:color="FFFFFF"/>
   <w:body>
-    <w:p w:rsidR="002E1871" w:rsidRDefault="0056513F">
+    <w:p w14:paraId="08DE1FD2" w14:textId="313E3C0E" w:rsidR="002E1871" w:rsidRDefault="00803A8B">
       <w:r>
-        <w:pict>
-[...102 lines deleted...]
-        </w:pict>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114935" distR="114935" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="29896518" wp14:editId="2C4369CA">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-455295</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>49530</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6304915" cy="740410"/>
+                <wp:effectExtent l="0" t="0" r="635" b="2540"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1884686629" name="Text Box 3"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6304915" cy="740410"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF">
+                            <a:alpha val="0"/>
+                          </a:srgbClr>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="5A9C12B9" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="00BA2F55" w:rsidRDefault="000A1A3C">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="30872716" w14:textId="77777777" w:rsidR="00F174A8" w:rsidRPr="00BA2F55" w:rsidRDefault="00454A48" w:rsidP="000A1A3C">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                              </w:rPr>
+                              <w:t>If you have email access, please</w:t>
+                            </w:r>
+                            <w:r w:rsidR="000A1A3C" w:rsidRPr="00BA2F55">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> r</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00F174A8" w:rsidRPr="00BA2F55">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">eturn forms to </w:t>
+                            </w:r>
+                            <w:hyperlink r:id="rId8" w:history="1">
+                              <w:r w:rsidR="00AF002E" w:rsidRPr="001E08D8">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                  <w:lang w:val="en-US"/>
+                                </w:rPr>
+                                <w:t>wi.podiatry@nhs.scot</w:t>
+                              </w:r>
+                            </w:hyperlink>
+                            <w:r w:rsidR="00F174A8" w:rsidRPr="00BA2F55">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidR="000A1A3C" w:rsidRPr="00BA2F55">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                              </w:rPr>
+                              <w:t>(</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">if possible </w:t>
+                            </w:r>
+                            <w:r w:rsidR="000A1A3C" w:rsidRPr="00BA2F55">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                              </w:rPr>
+                              <w:t>including photographs)</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="4BF355B3" w14:textId="77777777" w:rsidR="00F174A8" w:rsidRPr="000A1A3C" w:rsidRDefault="00F174A8">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="512BA4A5" w14:textId="77777777" w:rsidR="00F174A8" w:rsidRPr="000A1A3C" w:rsidRDefault="00F174A8">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="29896518" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-35.85pt;margin-top:3.9pt;width:496.45pt;height:58.3pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9.05pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9.05pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCssX9k9QEAANcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0yRLWSBqulq6KkJa&#10;FqSFD3AcJ7FwPGbsNilfz9hpulzeEHmwxjOeMzNnTjY302DYUaHXYCterHLOlJXQaNtV/OuX/Ys3&#10;nPkgbCMMWFXxk/L8Zvv82WZ0pbqCHkyjkBGI9eXoKt6H4Mos87JXg/ArcMpSsAUcRKArdlmDYiT0&#10;wWRXeX6djYCNQ5DKe/LezUG+Tfhtq2T41LZeBWYqTr2FdGI663hm240oOxSu1/LchviHLgahLRW9&#10;QN2JINgB9V9Qg5YIHtqwkjBk0LZaqjQDTVPkf0zz2Aun0ixEjncXmvz/g5UPx0f3GVmY3sFEC0xD&#10;eHcP8ptnFna9sJ26RYSxV6KhwkWkLBudL8+pkWpf+ghSjx+hoSWLQ4AENLU4RFZoTkbotIDThXQ1&#10;BSbJef0yX78tXnEmKfZ6na+LtJVMlEu2Qx/eKxhYNCqOtNSELo73PsRuRLk8icU8GN3stTHpgl29&#10;M8iOggSwT9+ca1wvZu9Szs9PE95vGMZGJAsRcy4XPYmDOPZMQJjqiYKRixqaE7GBMKuN/g4yesAf&#10;nI2ktIr77weBijPzwRKjUZaLgYtRL4awklIrHjibzV2Y5XtwqLuekOedWbgl1ludCHnq4twnqSfN&#10;dVZ6lOev9/Tq6X/c/gQAAP//AwBQSwMEFAAGAAgAAAAhAMqXXevdAAAACQEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAQRO9I/IO1SNxaJ6EibYhTQRFcEQGpVzfexlHidRS7bfh7lhM9ruZp9k25&#10;nd0gzjiFzpOCdJmAQGq86ahV8P31tliDCFGT0YMnVPCDAbbV7U2pC+Mv9InnOraCSygUWoGNcSyk&#10;DI1Fp8PSj0icHf3kdORzaqWZ9IXL3SCzJHmUTnfEH6wecWex6euTU/DwkeX78F6/7sY9bvp1eOmP&#10;ZJW6v5ufn0BEnOM/DH/6rA4VOx38iUwQg4JFnuaMKsh5AeebLM1AHBjMViuQVSmvF1S/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKyxf2T1AQAA1wMAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMqXXevdAAAACQEAAA8AAAAAAAAAAAAAAAAATwQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABZBQAAAAA=&#10;" stroked="f">
+                <v:fill opacity="0"/>
+                <v:textbox inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:p w14:paraId="5A9C12B9" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="00BA2F55" w:rsidRDefault="000A1A3C">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="30872716" w14:textId="77777777" w:rsidR="00F174A8" w:rsidRPr="00BA2F55" w:rsidRDefault="00454A48" w:rsidP="000A1A3C">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                        </w:rPr>
+                        <w:t>If you have email access, please</w:t>
+                      </w:r>
+                      <w:r w:rsidR="000A1A3C" w:rsidRPr="00BA2F55">
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> r</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00F174A8" w:rsidRPr="00BA2F55">
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">eturn forms to </w:t>
+                      </w:r>
+                      <w:hyperlink r:id="rId9" w:history="1">
+                        <w:r w:rsidR="00AF002E" w:rsidRPr="001E08D8">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                            <w:lang w:val="en-US"/>
+                          </w:rPr>
+                          <w:t>wi.podiatry@nhs.scot</w:t>
+                        </w:r>
+                      </w:hyperlink>
+                      <w:r w:rsidR="00F174A8" w:rsidRPr="00BA2F55">
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidR="000A1A3C" w:rsidRPr="00BA2F55">
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                        </w:rPr>
+                        <w:t>(</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">if possible </w:t>
+                      </w:r>
+                      <w:r w:rsidR="000A1A3C" w:rsidRPr="00BA2F55">
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                        </w:rPr>
+                        <w:t>including photographs)</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="4BF355B3" w14:textId="77777777" w:rsidR="00F174A8" w:rsidRPr="000A1A3C" w:rsidRDefault="00F174A8">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="512BA4A5" w14:textId="77777777" w:rsidR="00F174A8" w:rsidRPr="000A1A3C" w:rsidRDefault="00F174A8">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
       <w:r>
-        <w:pict>
-[...167 lines deleted...]
-        </w:pict>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114935" distR="114935" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="16F81506" wp14:editId="59A11469">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-712470</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-383540</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6979285" cy="574675"/>
+                <wp:effectExtent l="0" t="5080" r="2540" b="1270"/>
+                <wp:wrapNone/>
+                <wp:docPr id="370820862" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6979285" cy="574675"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF">
+                            <a:alpha val="0"/>
+                          </a:srgbClr>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="5B0394F0" w14:textId="77777777" w:rsidR="00F174A8" w:rsidRDefault="00F174A8">
+                            <w:pPr>
+                              <w:ind w:right="-753"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">          </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="3375AE94" w14:textId="77777777" w:rsidR="00F174A8" w:rsidRPr="00BA2F55" w:rsidRDefault="00F174A8" w:rsidP="000A1A3C">
+                            <w:pPr>
+                              <w:ind w:right="-753"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BA2F55">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>NHS Western Isles Podiatry Service</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="44B7331D" w14:textId="77777777" w:rsidR="00F174A8" w:rsidRDefault="00F174A8">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="4330C716" w14:textId="77777777" w:rsidR="00F174A8" w:rsidRDefault="00F174A8" w:rsidP="00FA6EFD">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="12"/>
+                                <w:szCs w:val="12"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="415271E1" w14:textId="77777777" w:rsidR="00F174A8" w:rsidRDefault="00F174A8">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="12E7AB3E" w14:textId="77777777" w:rsidR="00F174A8" w:rsidRDefault="00F174A8">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="5CA12F94" w14:textId="77777777" w:rsidR="00F174A8" w:rsidRDefault="00F174A8">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="2EAB3A9A" w14:textId="77777777" w:rsidR="00F174A8" w:rsidRDefault="00F174A8">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="79F3E6C1" w14:textId="77777777" w:rsidR="00F174A8" w:rsidRDefault="00F174A8">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="1CE87EE4" w14:textId="77777777" w:rsidR="00F174A8" w:rsidRDefault="00F174A8">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="1E589F36" w14:textId="77777777" w:rsidR="00F174A8" w:rsidRDefault="00F174A8">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="48E09ECD" w14:textId="77777777" w:rsidR="00F174A8" w:rsidRDefault="00F174A8">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="6C39038C" w14:textId="77777777" w:rsidR="00F174A8" w:rsidRDefault="00F174A8">
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">        </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+                              </w:rPr>
+                              <w:t>Please return completed forms to</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">         </w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="16F81506" id="Text Box 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-56.1pt;margin-top:-30.2pt;width:549.55pt;height:45.25pt;z-index:-251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9.05pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9.05pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC9zod3+gEAAN4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07QVbXejpqulqyKk&#10;hUVa+ADHcRILx2PGbpPy9YydtMvlDZEHa3yZM3POnGzvhs6wk0KvwRZ8MZtzpqyEStum4F+/HN7c&#10;cOaDsJUwYFXBz8rzu93rV9ve5WoJLZhKISMQ6/PeFbwNweVZ5mWrOuFn4JSlyxqwE4G22GQVip7Q&#10;O5Mt5/N11gNWDkEq7+n0Ybzku4Rf10qGp7r2KjBTcOotpBXTWsY1221F3qBwrZZTG+IfuuiEtlT0&#10;CvUggmBH1H9BdVoieKjDTEKXQV1rqRIHYrOY/8HmuRVOJS4kjndXmfz/g5WfTs/uM7IwvIOBBphI&#10;ePcI8ptnFvatsI26R4S+VaKiwosoWdY7n0+pUWqf+whS9h+hoiGLY4AENNTYRVWIJyN0GsD5Kroa&#10;ApN0uL7d3C5vVpxJultt3q43q1RC5Jdshz68V9CxGBQcaagJXZwefYjdiPzyJBbzYHR10MakDTbl&#10;3iA7CTLAIX1jrnGtGE+TCQjDj08T3m8YxkYkCxFzLBdPkgaR9ihAGMqB6WoSKEpSQnUmURBG09FP&#10;QkEL+IOzngxXcP/9KFBxZj5YEja68xLgJSgvgbCSUgseOBvDfRhdfHSom5aQx9FZuCfxa510eeli&#10;apdMlOhNho8u/XWfXr38lrufAAAA//8DAFBLAwQUAAYACAAAACEALAEte94AAAALAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwU6DQBCG7ya+w2ZMvLUL2CAgS6M1ejWiSa9bdgoEdpaw2xbfvuNJbzOZ&#10;P998f7ld7CjOOPvekYJ4HYFAapzpqVXw/fW2ykD4oMno0REq+EEP2+r2ptSFcRf6xHMdWsEQ8oVW&#10;0IUwFVL6pkOr/dpNSHw7utnqwOvcSjPrC8PtKJMoSqXVPfGHTk+467AZ6pNV8PCRPO79e/26m/aY&#10;D5l/GY7UKXV/tzw/gQi4hL8w/OqzOlTsdHAnMl6MClZxnCSc5SmNNiA4kmdpDuLA/CgGWZXyf4fq&#10;CgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAL3Oh3f6AQAA3gMAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACwBLXveAAAACwEAAA8AAAAAAAAAAAAA&#10;AAAAVAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABfBQAAAAA=&#10;" stroked="f">
+                <v:fill opacity="0"/>
+                <v:textbox inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:p w14:paraId="5B0394F0" w14:textId="77777777" w:rsidR="00F174A8" w:rsidRDefault="00F174A8">
+                      <w:pPr>
+                        <w:ind w:right="-753"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">          </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="3375AE94" w14:textId="77777777" w:rsidR="00F174A8" w:rsidRPr="00BA2F55" w:rsidRDefault="00F174A8" w:rsidP="000A1A3C">
+                      <w:pPr>
+                        <w:ind w:right="-753"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BA2F55">
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t>NHS Western Isles Podiatry Service</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="44B7331D" w14:textId="77777777" w:rsidR="00F174A8" w:rsidRDefault="00F174A8">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="4330C716" w14:textId="77777777" w:rsidR="00F174A8" w:rsidRDefault="00F174A8" w:rsidP="00FA6EFD">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="12"/>
+                          <w:szCs w:val="12"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="415271E1" w14:textId="77777777" w:rsidR="00F174A8" w:rsidRDefault="00F174A8">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="12E7AB3E" w14:textId="77777777" w:rsidR="00F174A8" w:rsidRDefault="00F174A8">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="5CA12F94" w14:textId="77777777" w:rsidR="00F174A8" w:rsidRDefault="00F174A8">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="2EAB3A9A" w14:textId="77777777" w:rsidR="00F174A8" w:rsidRDefault="00F174A8">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="79F3E6C1" w14:textId="77777777" w:rsidR="00F174A8" w:rsidRDefault="00F174A8">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="1CE87EE4" w14:textId="77777777" w:rsidR="00F174A8" w:rsidRDefault="00F174A8">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="1E589F36" w14:textId="77777777" w:rsidR="00F174A8" w:rsidRDefault="00F174A8">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="48E09ECD" w14:textId="77777777" w:rsidR="00F174A8" w:rsidRDefault="00F174A8">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="6C39038C" w14:textId="77777777" w:rsidR="00F174A8" w:rsidRDefault="00F174A8">
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">        </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+                        </w:rPr>
+                        <w:t>Please return completed forms to</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">         </w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="002E1871">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E1871" w:rsidRDefault="002E1871"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="002E1871" w:rsidRDefault="002E1871">
+    <w:p w14:paraId="4C7769BF" w14:textId="77777777" w:rsidR="002E1871" w:rsidRDefault="002E1871"/>
+    <w:p w14:paraId="1C208F8B" w14:textId="77777777" w:rsidR="002E1871" w:rsidRDefault="002E1871"/>
+    <w:p w14:paraId="282F8218" w14:textId="77777777" w:rsidR="002E1871" w:rsidRDefault="002E1871">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="74"/>
         <w:tblW w:w="11170" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1440"/>
         <w:gridCol w:w="916"/>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="1354"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="2530"/>
         <w:gridCol w:w="720"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FA6EFD" w:rsidTr="00FA6EFD">
+      <w:tr w:rsidR="00FA6EFD" w14:paraId="76AC009E" w14:textId="77777777" w:rsidTr="00FA6EFD">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55" w:rsidRDefault="00FA6EFD" w:rsidP="00FA6EFD">
+          <w:p w14:paraId="419E87D8" w14:textId="77777777" w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55" w:rsidRDefault="00FA6EFD" w:rsidP="00FA6EFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="0" w:name="Text5"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3326" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55" w:rsidRDefault="0056513F" w:rsidP="00FA6EFD">
+          <w:p w14:paraId="79CE3AFD" w14:textId="77777777" w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55" w:rsidRDefault="0056513F" w:rsidP="00FA6EFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -422,205 +828,203 @@
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55" w:rsidRDefault="00FA6EFD" w:rsidP="00FA6EFD">
+          <w:p w14:paraId="77B9EDB9" w14:textId="77777777" w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55" w:rsidRDefault="00FA6EFD" w:rsidP="00FA6EFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">M </w:t>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Check3"/>
             <w:r w:rsidR="0056513F" w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0056513F">
-[...5 lines deleted...]
-            <w:r w:rsidR="0056513F">
+            <w:r w:rsidR="0056513F" w:rsidRPr="00BA2F55">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0056513F" w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0056513F" w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> F </w:t>
             </w:r>
             <w:r w:rsidR="0056513F" w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0056513F">
-[...5 lines deleted...]
-            <w:r w:rsidR="0056513F">
+            <w:r w:rsidR="0056513F" w:rsidRPr="00BA2F55">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0056513F" w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0056513F" w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55" w:rsidRDefault="00FA6EFD" w:rsidP="00FA6EFD">
+          <w:p w14:paraId="32E1CF1D" w14:textId="77777777" w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55" w:rsidRDefault="00FA6EFD" w:rsidP="00FA6EFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>Date of Birth:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55" w:rsidRDefault="0056513F" w:rsidP="00FA6EFD">
+          <w:p w14:paraId="1BD35D96" w14:textId="77777777" w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55" w:rsidRDefault="0056513F" w:rsidP="00FA6EFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00BA2F55">
@@ -656,103 +1060,101 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00FA6EFD" w:rsidRDefault="00FA6EFD" w:rsidP="00FA6EFD">
+          </w:tcPr>
+          <w:p w14:paraId="16B9F300" w14:textId="77777777" w:rsidR="00FA6EFD" w:rsidRDefault="00FA6EFD" w:rsidP="00FA6EFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A1A3C" w:rsidTr="00CC4A25">
+      <w:tr w:rsidR="000A1A3C" w14:paraId="52C1D4F2" w14:textId="77777777" w:rsidTr="00CC4A25">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="482"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="00BA2F55" w:rsidRDefault="000A1A3C" w:rsidP="00FA6EFD">
+          <w:p w14:paraId="3FA0A163" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="00BA2F55" w:rsidRDefault="000A1A3C" w:rsidP="00FA6EFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="00BA2F55" w:rsidRDefault="0056513F" w:rsidP="00FA6EFD">
+          <w:p w14:paraId="105C33B3" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="00BA2F55" w:rsidRDefault="0056513F" w:rsidP="00FA6EFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="000A1A3C" w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -800,139 +1202,138 @@
             </w:r>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="000A1A3C" w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="00BA2F55" w:rsidRDefault="000A1A3C" w:rsidP="00FA6EFD">
-[...39 lines deleted...]
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="00BA2F55" w:rsidRDefault="000A1A3C" w:rsidP="000A1A3C">
+          <w:p w14:paraId="3C38209C" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="00BA2F55" w:rsidRDefault="000A1A3C" w:rsidP="00FA6EFD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5047DE8E" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="00BA2F55" w:rsidRDefault="000A1A3C" w:rsidP="00FA6EFD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7031DE47" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="00BA2F55" w:rsidRDefault="000A1A3C" w:rsidP="00FA6EFD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44292AD3" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="00BA2F55" w:rsidRDefault="000A1A3C" w:rsidP="00FA6EFD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7A5CC32E" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="00BA2F55" w:rsidRDefault="000A1A3C" w:rsidP="00FA6EFD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53B8B671" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="00BA2F55" w:rsidRDefault="000A1A3C" w:rsidP="000A1A3C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="00BA2F55" w:rsidRDefault="000A1A3C" w:rsidP="00FA6EFD">
+          <w:p w14:paraId="703BFB45" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="00BA2F55" w:rsidRDefault="000A1A3C" w:rsidP="00FA6EFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>Home</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3250" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="00BA2F55" w:rsidRDefault="0056513F" w:rsidP="00A85794">
+          <w:p w14:paraId="48236753" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="00BA2F55" w:rsidRDefault="0056513F" w:rsidP="00A85794">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="000A1A3C" w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00BA2F55">
@@ -974,145 +1375,142 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="000A1A3C" w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">                                      </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="00FA6EFD">
+          </w:tcPr>
+          <w:p w14:paraId="113FAC4E" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="00FA6EFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A1A3C" w:rsidTr="00CC4A25">
+      <w:tr w:rsidR="000A1A3C" w14:paraId="16EA0D2A" w14:textId="77777777" w:rsidTr="00CC4A25">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="482"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="00BA2F55" w:rsidRDefault="000A1A3C" w:rsidP="00FA6EFD">
+          <w:p w14:paraId="711332FC" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="00BA2F55" w:rsidRDefault="000A1A3C" w:rsidP="00FA6EFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="00BA2F55" w:rsidRDefault="000A1A3C" w:rsidP="00FA6EFD">
+          <w:p w14:paraId="0897DD0B" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="00BA2F55" w:rsidRDefault="000A1A3C" w:rsidP="00FA6EFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="00BA2F55" w:rsidRDefault="000A1A3C" w:rsidP="00FA6EFD">
+          <w:p w14:paraId="4507AD43" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="00BA2F55" w:rsidRDefault="000A1A3C" w:rsidP="00FA6EFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>Mobile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3250" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="00BA2F55" w:rsidRDefault="0056513F" w:rsidP="00A85794">
+          <w:p w14:paraId="528EBB01" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="00BA2F55" w:rsidRDefault="0056513F" w:rsidP="00A85794">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="000A1A3C" w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00BA2F55">
@@ -1130,147 +1528,144 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="000A1A3C" w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">                                      </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="00FA6EFD">
+          </w:tcPr>
+          <w:p w14:paraId="48A90322" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="00FA6EFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A1A3C" w:rsidTr="00CC4A25">
+      <w:tr w:rsidR="000A1A3C" w14:paraId="5DE68637" w14:textId="77777777" w:rsidTr="00CC4A25">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="482"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="00BA2F55" w:rsidRDefault="000A1A3C" w:rsidP="00FA6EFD">
+          <w:p w14:paraId="2C07C79F" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="00BA2F55" w:rsidRDefault="000A1A3C" w:rsidP="00FA6EFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="00BA2F55" w:rsidRDefault="000A1A3C" w:rsidP="00FA6EFD">
+          <w:p w14:paraId="4181DD8D" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="00BA2F55" w:rsidRDefault="000A1A3C" w:rsidP="00FA6EFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="00BA2F55" w:rsidRDefault="000A1A3C" w:rsidP="00FA6EFD">
+          <w:p w14:paraId="2E1D4C4E" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="00BA2F55" w:rsidRDefault="000A1A3C" w:rsidP="00FA6EFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>Work</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="2" w:name="Text3"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3250" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="00BA2F55" w:rsidRDefault="0056513F" w:rsidP="00A85794">
+          <w:p w14:paraId="35051D42" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="00BA2F55" w:rsidRDefault="0056513F" w:rsidP="00A85794">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="000A1A3C" w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00BA2F55">
@@ -1289,102 +1684,100 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidR="000A1A3C" w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">                                 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="00FA6EFD">
+          </w:tcPr>
+          <w:p w14:paraId="20404D69" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="00FA6EFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA6EFD" w:rsidTr="00FA6EFD">
+      <w:tr w:rsidR="00FA6EFD" w14:paraId="723D368B" w14:textId="77777777" w:rsidTr="00FA6EFD">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55" w:rsidRDefault="00FA6EFD" w:rsidP="00FA6EFD">
+          <w:p w14:paraId="6FB7DA59" w14:textId="77777777" w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55" w:rsidRDefault="00FA6EFD" w:rsidP="00FA6EFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>Post Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3326" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55" w:rsidRDefault="0056513F" w:rsidP="00FA6EFD">
+          <w:p w14:paraId="7B407786" w14:textId="77777777" w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55" w:rsidRDefault="0056513F" w:rsidP="00FA6EFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -1402,78 +1795,77 @@
             <w:r w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55" w:rsidRDefault="00FA6EFD" w:rsidP="00FA6EFD">
+          <w:p w14:paraId="73363ECC" w14:textId="77777777" w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55" w:rsidRDefault="00FA6EFD" w:rsidP="00FA6EFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>e-mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4330" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55" w:rsidRDefault="0056513F" w:rsidP="00A85794">
+          <w:p w14:paraId="03140057" w14:textId="77777777" w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55" w:rsidRDefault="0056513F" w:rsidP="00A85794">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00BA2F55">
@@ -1515,102 +1907,100 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                                </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00FA6EFD" w:rsidRDefault="00FA6EFD" w:rsidP="00FA6EFD">
+          </w:tcPr>
+          <w:p w14:paraId="315DB032" w14:textId="77777777" w:rsidR="00FA6EFD" w:rsidRDefault="00FA6EFD" w:rsidP="00FA6EFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA6EFD" w:rsidTr="00FA6EFD">
+      <w:tr w:rsidR="00FA6EFD" w14:paraId="1F9438A2" w14:textId="77777777" w:rsidTr="00FA6EFD">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55" w:rsidRDefault="00FA6EFD" w:rsidP="00FA6EFD">
+          <w:p w14:paraId="3162752C" w14:textId="77777777" w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55" w:rsidRDefault="00FA6EFD" w:rsidP="00FA6EFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>GP Practice</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55" w:rsidRDefault="0056513F" w:rsidP="00FA6EFD">
+          <w:p w14:paraId="2935EA6F" w14:textId="77777777" w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55" w:rsidRDefault="0056513F" w:rsidP="00FA6EFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -1628,78 +2018,77 @@
             <w:r w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55" w:rsidRDefault="00FA6EFD" w:rsidP="00FA6EFD">
+          <w:p w14:paraId="146F68D0" w14:textId="77777777" w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55" w:rsidRDefault="00FA6EFD" w:rsidP="00FA6EFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>Tel No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3250" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55" w:rsidRDefault="0056513F" w:rsidP="00FA6EFD">
+          <w:p w14:paraId="1114A7CA" w14:textId="77777777" w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55" w:rsidRDefault="0056513F" w:rsidP="00FA6EFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00BA2F55">
@@ -1735,2324 +2124,1879 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00FA6EFD" w:rsidRDefault="00FA6EFD" w:rsidP="00FA6EFD">
+          </w:tcPr>
+          <w:p w14:paraId="6075BB02" w14:textId="77777777" w:rsidR="00FA6EFD" w:rsidRDefault="00FA6EFD" w:rsidP="00FA6EFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA6EFD" w:rsidTr="00FA6EFD">
+      <w:tr w:rsidR="00FA6EFD" w14:paraId="2D90F9C5" w14:textId="77777777" w:rsidTr="00FA6EFD">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="415"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55" w:rsidRDefault="00FA6EFD" w:rsidP="00FA6EFD">
+          <w:p w14:paraId="144D70D3" w14:textId="77777777" w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55" w:rsidRDefault="00FA6EFD" w:rsidP="00FA6EFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>Does client have:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8094" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55" w:rsidRDefault="00FA6EFD" w:rsidP="00FA6EFD">
+          <w:p w14:paraId="79EE1D8C" w14:textId="77777777" w:rsidR="00FA6EFD" w:rsidRPr="00BA2F55" w:rsidRDefault="00FA6EFD" w:rsidP="00FA6EFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Power of attorney </w:t>
             </w:r>
             <w:r w:rsidR="0056513F" w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0056513F">
-[...4 lines deleted...]
-            <w:r w:rsidR="0056513F">
+            <w:r w:rsidR="0056513F" w:rsidRPr="00BA2F55">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0056513F" w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0056513F" w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">  Guardianship </w:t>
             </w:r>
             <w:r w:rsidR="0056513F" w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0056513F">
-[...4 lines deleted...]
-            <w:r w:rsidR="0056513F">
+            <w:r w:rsidR="0056513F" w:rsidRPr="00BA2F55">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0056513F" w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0056513F" w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">   N/A </w:t>
             </w:r>
             <w:r w:rsidR="0056513F" w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0056513F">
-[...4 lines deleted...]
-            <w:r w:rsidR="0056513F">
+            <w:r w:rsidR="0056513F" w:rsidRPr="00BA2F55">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0056513F" w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0056513F" w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00BA2F55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00FA6EFD" w:rsidRDefault="00FA6EFD" w:rsidP="00FA6EFD">
+          </w:tcPr>
+          <w:p w14:paraId="3EF08E54" w14:textId="77777777" w:rsidR="00FA6EFD" w:rsidRDefault="00FA6EFD" w:rsidP="00FA6EFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000A1A3C" w:rsidRDefault="000A1A3C"/>
-    <w:p w:rsidR="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="000A1A3C">
+    <w:p w14:paraId="2DCAB875" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRDefault="000A1A3C"/>
+    <w:p w14:paraId="55133BB1" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="000A1A3C">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Why are</w:t>
       </w:r>
       <w:r w:rsidRPr="00F174A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D81B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">you </w:t>
       </w:r>
       <w:r w:rsidRPr="00F174A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">referring yourself to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Podiatry</w:t>
       </w:r>
       <w:r w:rsidRPr="00F174A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="000A1A3C">
+    <w:p w14:paraId="5DE5D150" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="000A1A3C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A1A3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Please </w:t>
       </w:r>
       <w:r w:rsidR="00220FDD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>tick</w:t>
       </w:r>
       <w:r w:rsidRPr="000A1A3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the box</w:t>
       </w:r>
       <w:r w:rsidR="008213A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> which relates to your foot problem</w:t>
       </w:r>
       <w:r w:rsidRPr="000A1A3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A1A3C" w:rsidRDefault="000A1A3C"/>
+    <w:p w14:paraId="549BC600" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRDefault="000A1A3C"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-743" w:type="dxa"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2978"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1003"/>
+        <w:gridCol w:w="2931"/>
+        <w:gridCol w:w="6365"/>
+        <w:gridCol w:w="979"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000A1A3C" w:rsidTr="000A1A3C">
+      <w:tr w:rsidR="000A1A3C" w14:paraId="3CE89101" w14:textId="77777777" w:rsidTr="000A1A3C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="000A1A3C">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="7707C2F7" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="000A1A3C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A1A3C">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>I have a foot ulcer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="7FCF7D2E" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C">
             <w:r w:rsidRPr="000A1A3C">
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:t>A wound to your foot which may be discharging fluid. Surrounding skin will look normal</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="008213A7" w:rsidRDefault="000A1A3C">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="56024CDD" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="008213A7" w:rsidRDefault="000A1A3C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008213A7">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00C6124C" w:rsidRPr="008213A7">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Please note</w:t>
             </w:r>
             <w:r w:rsidR="00454A48" w:rsidRPr="008213A7">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00C6124C" w:rsidRPr="008213A7">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008213A7">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">If infected, surrounding skin may be red, hot, swollen, painful; you may </w:t>
             </w:r>
             <w:r w:rsidR="00454A48" w:rsidRPr="008213A7">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">also </w:t>
             </w:r>
             <w:r w:rsidRPr="008213A7">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>need to contact your GP)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="000A1A3C">
+          <w:p w14:paraId="314B9D91" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="000A1A3C">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A1A3C" w:rsidTr="000A1A3C">
+      <w:tr w:rsidR="000A1A3C" w14:paraId="6D6512D4" w14:textId="77777777" w:rsidTr="000A1A3C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="410F9839" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A1A3C">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>I am concerned about the circulation</w:t>
             </w:r>
             <w:r w:rsidR="00454A48">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> in my leg(s)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="0E4F99C7" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="00454A48">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1ECB1D52" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="00454A48">
             <w:r w:rsidRPr="000A1A3C">
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:t>One, or both legs</w:t>
             </w:r>
             <w:r w:rsidR="00454A48">
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> have recently, or suddenly,</w:t>
             </w:r>
             <w:r w:rsidRPr="000A1A3C">
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00454A48">
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:t>become</w:t>
             </w:r>
             <w:r w:rsidRPr="000A1A3C">
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> cold, </w:t>
             </w:r>
             <w:r w:rsidR="00454A48">
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:t>changed colour</w:t>
             </w:r>
             <w:r w:rsidRPr="000A1A3C">
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00454A48">
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">or </w:t>
             </w:r>
             <w:r w:rsidRPr="000A1A3C">
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:t>become very painful</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="000A1A3C">
+          <w:p w14:paraId="713084D7" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="000A1A3C">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A1A3C" w:rsidTr="000A1A3C">
+      <w:tr w:rsidR="000A1A3C" w14:paraId="7F5E4985" w14:textId="77777777" w:rsidTr="000A1A3C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="5990506A" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A1A3C">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>I am in intense pain</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="1069E706" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="00220FDD">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="49D095F7" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="00220FDD">
             <w:r w:rsidRPr="000A1A3C">
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:t>My foot pain is so bad that I cannot walk properly</w:t>
             </w:r>
             <w:r w:rsidR="00220FDD">
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002C1116">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(please supply additional</w:t>
             </w:r>
             <w:r w:rsidR="00220FDD" w:rsidRPr="00220FDD">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> details below)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="000A1A3C">
+          <w:p w14:paraId="6215F4D4" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="000A1A3C">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A1A3C" w:rsidTr="000A1A3C">
+      <w:tr w:rsidR="000A1A3C" w14:paraId="3B720072" w14:textId="77777777" w:rsidTr="000A1A3C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="000A1A3C">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="5F3771B8" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="000A1A3C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A1A3C">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>I have an ingrown toenail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6D128A2A" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C">
             <w:r w:rsidRPr="000A1A3C">
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:t>My nail has pierced the flesh and there is discharge from the wound</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="008213A7" w:rsidRDefault="00454A48">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="7B4B63CB" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="008213A7" w:rsidRDefault="00454A48">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008213A7">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00C6124C" w:rsidRPr="008213A7">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Please note</w:t>
             </w:r>
             <w:r w:rsidRPr="008213A7">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00C6124C" w:rsidRPr="008213A7">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008213A7">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>If infected, surrounding skin may be red, hot, swollen, painful; you may also need to contact your GP)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="000A1A3C">
+          <w:p w14:paraId="16404A60" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="000A1A3C">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A1A3C" w:rsidTr="000A1A3C">
+      <w:tr w:rsidR="000A1A3C" w14:paraId="4A913238" w14:textId="77777777" w:rsidTr="000A1A3C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="1F87D867" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A1A3C">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>I am in pain</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="3985A9BB" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="000A1A3C">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="57CD3B41" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="000A1A3C">
             <w:r w:rsidRPr="000A1A3C">
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">You have daily foot or ankle pain which is annoying but not disabling </w:t>
             </w:r>
             <w:r w:rsidR="00220FDD" w:rsidRPr="00220FDD">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(please supply specific details below)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="000A1A3C">
+          <w:p w14:paraId="77672206" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="000A1A3C">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A1A3C" w:rsidTr="000A1A3C">
+      <w:tr w:rsidR="000A1A3C" w14:paraId="4F7AD127" w14:textId="77777777" w:rsidTr="000A1A3C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="000A1A3C">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="3F4079DE" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="000A1A3C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A1A3C">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>One or more nails is not manageable</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="000A1A3C">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="2790063A" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="000A1A3C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="00E0007B">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5B4BAAF9" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="00E0007B">
             <w:r w:rsidRPr="000A1A3C">
-              <w:rPr>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Some of your nails may be extremely thick, painful, </w:t>
+              <w:t>Some of your nails may be extremely thick, painful, mis-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000A1A3C">
-              <w:rPr>
-[...3 lines deleted...]
-              <w:t>mis-shapen</w:t>
+              <w:t>shapen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="000A1A3C">
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> or neglected </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="000A1A3C">
+          <w:p w14:paraId="00EAEC60" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="000A1A3C">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A1A3C" w:rsidTr="000A1A3C">
+      <w:tr w:rsidR="000A1A3C" w14:paraId="69EE8AD8" w14:textId="77777777" w:rsidTr="000A1A3C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="35B69A70" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A1A3C">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>I have a painful corn</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="394F94C1" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3D0A7054" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C">
             <w:r w:rsidRPr="000A1A3C">
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:t>You have an area of callus on your foot which is causing discomfort</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="000A1A3C">
+          <w:p w14:paraId="5484138A" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="000A1A3C">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A1A3C" w:rsidTr="000A1A3C">
+      <w:tr w:rsidR="000A1A3C" w14:paraId="3DD5611A" w14:textId="77777777" w:rsidTr="000A1A3C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="00CF2289">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="7F516804" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="00CF2289">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Additional details</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C">
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="711062B4" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1CA779F8" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5FFEEC31" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C">
             <w:r w:rsidRPr="00195CAA">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Please give details if your</w:t>
             </w:r>
             <w:r w:rsidR="00220FDD" w:rsidRPr="00195CAA">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> problem is not described above</w:t>
             </w:r>
             <w:r w:rsidR="00220FDD">
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00220FDD" w:rsidRPr="00220FDD">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>eg</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00220FDD" w:rsidRPr="00220FDD">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> does your foot problem </w:t>
+            </w:r>
+            <w:r w:rsidR="00220FDD">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">prevent you attending </w:t>
+            </w:r>
             <w:r w:rsidR="00220FDD" w:rsidRPr="00220FDD">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">problem </w:t>
+              </w:rPr>
+              <w:t>work or carry</w:t>
             </w:r>
             <w:r w:rsidR="00220FDD">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              </w:rPr>
+              <w:t>ing</w:t>
+            </w:r>
+            <w:r w:rsidR="00220FDD" w:rsidRPr="00220FDD">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> out normal daily activities</w:t>
+            </w:r>
             <w:r w:rsidR="00220FDD">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...10 lines deleted...]
-              <w:t>work or carry</w:t>
+              </w:rPr>
+              <w:t>?</w:t>
             </w:r>
             <w:r w:rsidR="00220FDD">
-              <w:rPr>
-[...26 lines deleted...]
-              </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C">
-[...46 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="51B8107B" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C"/>
+          <w:p w14:paraId="1D5D221E" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C"/>
+          <w:p w14:paraId="18F28DCD" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C"/>
+          <w:p w14:paraId="2C36AE17" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C"/>
+          <w:p w14:paraId="48C1802C" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C"/>
+          <w:p w14:paraId="425EED54" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="000A1A3C">
+          <w:p w14:paraId="4EC38515" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="000A1A3C" w:rsidRDefault="000A1A3C" w:rsidP="000A1A3C">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A1A3C" w:rsidTr="003F48E8">
+      <w:tr w:rsidR="000A1A3C" w14:paraId="39560C96" w14:textId="77777777" w:rsidTr="003F48E8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10501" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00E0007B" w:rsidRPr="00E0007B" w:rsidRDefault="00E0007B" w:rsidP="00E0007B">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="3DFB008E" w14:textId="77777777" w:rsidR="00E0007B" w:rsidRPr="00E0007B" w:rsidRDefault="00E0007B" w:rsidP="00E0007B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E0007B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">How long have you had this problem? </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E0007B" w:rsidRPr="00E0007B" w:rsidRDefault="00E0007B" w:rsidP="00E0007B">
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="615126D1" w14:textId="77777777" w:rsidR="00E0007B" w:rsidRPr="00E0007B" w:rsidRDefault="00E0007B" w:rsidP="00E0007B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="014B1AF6" w14:textId="77777777" w:rsidR="000A1A3C" w:rsidRPr="008213A7" w:rsidRDefault="00E0007B" w:rsidP="00220FDD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E0007B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">Less than 2 wks </w:t>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Less than 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E0007B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>wks</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E0007B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0056513F" w:rsidRPr="00E0007B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E0007B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0056513F">
-[...4 lines deleted...]
-            <w:r w:rsidR="0056513F">
+            <w:r w:rsidR="0056513F" w:rsidRPr="00E0007B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0056513F" w:rsidRPr="00E0007B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0056513F" w:rsidRPr="00E0007B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E0007B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E0007B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">             </w:t>
             </w:r>
             <w:r w:rsidRPr="00E0007B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2-12 weeks </w:t>
             </w:r>
             <w:r w:rsidR="0056513F" w:rsidRPr="00E0007B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E0007B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0056513F">
-[...4 lines deleted...]
-            <w:r w:rsidR="0056513F">
+            <w:r w:rsidR="0056513F" w:rsidRPr="00E0007B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0056513F" w:rsidRPr="00E0007B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0056513F" w:rsidRPr="00E0007B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E0007B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">           </w:t>
             </w:r>
             <w:r w:rsidRPr="00E0007B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E0007B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  3-12 months </w:t>
             </w:r>
             <w:r w:rsidR="0056513F" w:rsidRPr="00E0007B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E0007B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0056513F">
-[...4 lines deleted...]
-            <w:r w:rsidR="0056513F">
+            <w:r w:rsidR="0056513F" w:rsidRPr="00E0007B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0056513F" w:rsidRPr="00E0007B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0056513F" w:rsidRPr="00E0007B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E0007B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">        </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">               </w:t>
             </w:r>
             <w:r w:rsidRPr="00E0007B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Over 1 year </w:t>
             </w:r>
             <w:r w:rsidR="0056513F" w:rsidRPr="00E0007B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E0007B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0056513F">
-[...4 lines deleted...]
-            <w:r w:rsidR="0056513F">
+            <w:r w:rsidR="0056513F" w:rsidRPr="00E0007B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0056513F" w:rsidRPr="00E0007B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0056513F" w:rsidRPr="00E0007B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C4983" w:rsidRPr="00E0007B" w:rsidRDefault="009C4983">
+    <w:p w14:paraId="352D9955" w14:textId="77777777" w:rsidR="009C4983" w:rsidRPr="00E0007B" w:rsidRDefault="009C4983">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-743" w:type="dxa"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2982"/>
-        <w:gridCol w:w="7519"/>
+        <w:gridCol w:w="2934"/>
+        <w:gridCol w:w="7341"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E0007B" w:rsidTr="00E0007B">
-[...10 lines deleted...]
-                <w:szCs w:val="24"/>
+      <w:tr w:rsidR="00E0007B" w14:paraId="7337CF0A" w14:textId="77777777" w:rsidTr="00E434E9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2934" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="316011B8" w14:textId="77777777" w:rsidR="00E0007B" w:rsidRPr="00E0007B" w:rsidRDefault="00E0007B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E0007B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">What medical conditions do you have? </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E0007B" w:rsidRPr="00E0007B" w:rsidRDefault="00E0007B">
-[...132 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="4D949064" w14:textId="77777777" w:rsidR="00E0007B" w:rsidRPr="00E0007B" w:rsidRDefault="00E0007B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="57743048" w14:textId="77777777" w:rsidR="00E0007B" w:rsidRPr="00E0007B" w:rsidRDefault="00E0007B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2334579F" w14:textId="77777777" w:rsidR="00E0007B" w:rsidRPr="00E0007B" w:rsidRDefault="00E0007B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7341" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A122756" w14:textId="77777777" w:rsidR="00E0007B" w:rsidRPr="00E0007B" w:rsidRDefault="00E0007B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="157BC70A" w14:textId="77777777" w:rsidR="00E0007B" w:rsidRPr="00E0007B" w:rsidRDefault="00E0007B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="488F9855" w14:textId="77777777" w:rsidR="00E0007B" w:rsidRPr="00E0007B" w:rsidRDefault="00E0007B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="47D3DC94" w14:textId="77777777" w:rsidR="00E0007B" w:rsidRPr="00E0007B" w:rsidRDefault="00E0007B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A9DFAB5" w14:textId="77777777" w:rsidR="00E0007B" w:rsidRPr="00E0007B" w:rsidRDefault="00E0007B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39A7BE2E" w14:textId="77777777" w:rsidR="00E0007B" w:rsidRPr="00E0007B" w:rsidRDefault="00E0007B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E0007B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(Just write NONE if you have no medical conditions)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E0007B" w:rsidTr="00E0007B">
-[...10 lines deleted...]
-                <w:szCs w:val="24"/>
+      <w:tr w:rsidR="00E0007B" w14:paraId="2A990101" w14:textId="77777777" w:rsidTr="00E434E9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2934" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F0E94CA" w14:textId="77777777" w:rsidR="00E0007B" w:rsidRPr="00E0007B" w:rsidRDefault="00E0007B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E0007B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>What daily medication do you take?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E0007B" w:rsidRPr="00E0007B" w:rsidRDefault="00E0007B">
-[...132 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="2D6EE16D" w14:textId="77777777" w:rsidR="00E0007B" w:rsidRPr="00E0007B" w:rsidRDefault="00E0007B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="11CAD67C" w14:textId="77777777" w:rsidR="00E0007B" w:rsidRPr="00E0007B" w:rsidRDefault="00E0007B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D931C41" w14:textId="77777777" w:rsidR="00E0007B" w:rsidRPr="00E0007B" w:rsidRDefault="00E0007B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C09E717" w14:textId="77777777" w:rsidR="00E0007B" w:rsidRPr="00E0007B" w:rsidRDefault="00E0007B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7341" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22F364FA" w14:textId="77777777" w:rsidR="00E0007B" w:rsidRPr="00E0007B" w:rsidRDefault="00E0007B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E759BF7" w14:textId="77777777" w:rsidR="00E0007B" w:rsidRPr="00E0007B" w:rsidRDefault="00E0007B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="30ED4812" w14:textId="77777777" w:rsidR="00E0007B" w:rsidRPr="00E0007B" w:rsidRDefault="00E0007B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="19F29F67" w14:textId="77777777" w:rsidR="00E0007B" w:rsidRPr="00E0007B" w:rsidRDefault="00E0007B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0BD9E320" w14:textId="77777777" w:rsidR="00E0007B" w:rsidRPr="00E0007B" w:rsidRDefault="00E0007B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0AC10993" w14:textId="77777777" w:rsidR="00E0007B" w:rsidRPr="00E0007B" w:rsidRDefault="00E0007B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E0007B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(Just write NONE if you do not take regular medication)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E0007B" w:rsidTr="001820E1">
+      <w:tr w:rsidR="00E434E9" w14:paraId="6432DA4B" w14:textId="77777777" w:rsidTr="00E434E9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2934" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2123DA6C" w14:textId="5DADCA77" w:rsidR="00E434E9" w:rsidRPr="00E0007B" w:rsidRDefault="00E434E9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0007B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>What allergies do you have</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7341" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="119A0065" w14:textId="77777777" w:rsidR="00E434E9" w:rsidRDefault="00E434E9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1CBB38F8" w14:textId="77777777" w:rsidR="00E434E9" w:rsidRDefault="00E434E9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="777F281D" w14:textId="272A4C3B" w:rsidR="00E434E9" w:rsidRPr="00E0007B" w:rsidRDefault="00E434E9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0007B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>(Just write NONE if you do not have any allergies)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E0007B" w14:paraId="2D1A90CA" w14:textId="77777777" w:rsidTr="00E434E9">
         <w:trPr>
           <w:trHeight w:val="1853"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2982" w:type="dxa"/>
-[...9 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2934" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CE57B33" w14:textId="77777777" w:rsidR="00E434E9" w:rsidRDefault="00E434E9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="187EE3C0" w14:textId="3144B976" w:rsidR="00E434E9" w:rsidRPr="00E0007B" w:rsidRDefault="00E434E9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please advise dates that you cannot attend </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>eg</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off-shore workers, off-island</w:t>
+            </w:r>
+            <w:r w:rsidR="004655E9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7341" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56F4050E" w14:textId="77777777" w:rsidR="00E0007B" w:rsidRPr="00E0007B" w:rsidRDefault="00E0007B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A72CECA" w14:textId="77777777" w:rsidR="00E0007B" w:rsidRPr="00E0007B" w:rsidRDefault="00E0007B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5173FA04" w14:textId="77777777" w:rsidR="00E0007B" w:rsidRDefault="00E0007B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="066412E0" w14:textId="77777777" w:rsidR="00E434E9" w:rsidRDefault="00E434E9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="01157825" w14:textId="77777777" w:rsidR="00E0007B" w:rsidRDefault="00E0007B" w:rsidP="00E0007B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B7F48DA" w14:textId="12E8E04F" w:rsidR="00E434E9" w:rsidRPr="00E434E9" w:rsidRDefault="00E434E9" w:rsidP="00E434E9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3045"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
             <w:r w:rsidRPr="00E0007B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...129 lines deleted...]
-              <w:t>(Just write NONE if you do not have any allergies)</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Just write NONE if you </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>have full availability)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E0007B" w:rsidRPr="00E0007B" w:rsidRDefault="00E0007B">
+    <w:p w14:paraId="6F3154B2" w14:textId="77777777" w:rsidR="00E0007B" w:rsidRPr="00E0007B" w:rsidRDefault="00E0007B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E0007B" w:rsidRPr="00E0007B" w:rsidRDefault="00E0007B">
+    <w:p w14:paraId="528B1D29" w14:textId="77777777" w:rsidR="00E0007B" w:rsidRPr="00E0007B" w:rsidRDefault="00E0007B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E0007B" w:rsidRPr="00E0007B" w:rsidRDefault="00E0007B">
+    <w:p w14:paraId="3DEA8855" w14:textId="77777777" w:rsidR="00E0007B" w:rsidRPr="00E0007B" w:rsidRDefault="00E0007B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002E1871" w:rsidRPr="00E0007B" w:rsidRDefault="002E1871">
+    <w:p w14:paraId="697D07EF" w14:textId="77777777" w:rsidR="002E1871" w:rsidRPr="00E0007B" w:rsidRDefault="002E1871">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-743" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0000"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1746"/>
         <w:gridCol w:w="1232"/>
         <w:gridCol w:w="2368"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="3600"/>
         <w:gridCol w:w="10"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002E1871" w:rsidRPr="00E0007B" w:rsidTr="00E0007B">
+      <w:tr w:rsidR="002E1871" w:rsidRPr="00E0007B" w14:paraId="2C23C54E" w14:textId="77777777" w:rsidTr="00E0007B">
         <w:trPr>
           <w:trHeight w:val="155"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidR="002E1871" w:rsidRPr="001820E1" w:rsidRDefault="002E1871">
+          <w:p w14:paraId="7CA63A9B" w14:textId="77777777" w:rsidR="002E1871" w:rsidRPr="001820E1" w:rsidRDefault="002E1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Appointment Support: </w:t>
             </w:r>
             <w:r w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7238" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="002E1871" w:rsidRPr="001820E1" w:rsidRDefault="002E1871">
+          </w:tcPr>
+          <w:p w14:paraId="102343E6" w14:textId="00DCE5EA" w:rsidR="002E1871" w:rsidRPr="001820E1" w:rsidRDefault="002E1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>If you require communication support please specify below</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00E0007B" w:rsidRPr="001820E1" w:rsidRDefault="00E0007B">
+              <w:t>If you require communication support</w:t>
+            </w:r>
+            <w:r w:rsidR="00E434E9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001820E1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> please specify below</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33F07E23" w14:textId="77777777" w:rsidR="00E0007B" w:rsidRPr="001820E1" w:rsidRDefault="00E0007B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E1871" w:rsidRPr="00E0007B" w:rsidTr="00E0007B">
+      <w:tr w:rsidR="002E1871" w:rsidRPr="00E0007B" w14:paraId="15E73326" w14:textId="77777777" w:rsidTr="00E0007B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="604"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10216" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="002E1871" w:rsidRPr="001820E1" w:rsidRDefault="002E1871">
+          </w:tcPr>
+          <w:p w14:paraId="73550AD6" w14:textId="77777777" w:rsidR="002E1871" w:rsidRPr="001820E1" w:rsidRDefault="002E1871">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="002E1871" w:rsidRPr="001820E1" w:rsidRDefault="002E1871">
+          <w:p w14:paraId="208DBB37" w14:textId="77777777" w:rsidR="002E1871" w:rsidRPr="001820E1" w:rsidRDefault="002E1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>Language Line</w:t>
             </w:r>
             <w:r w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001820E1" w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="0056513F" w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0056513F">
-[...4 lines deleted...]
-            <w:r w:rsidR="0056513F">
+            <w:r w:rsidR="0056513F" w:rsidRPr="001820E1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0056513F" w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0056513F" w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00E0007B" w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                            </w:t>
             </w:r>
             <w:r w:rsidR="001820E1" w:rsidRPr="001820E1">
               <w:rPr>
@@ -4080,225 +4024,223 @@
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="0056513F" w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0056513F">
-[...4 lines deleted...]
-            <w:r w:rsidR="0056513F">
+            <w:r w:rsidR="0056513F" w:rsidRPr="001820E1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0056513F" w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0056513F" w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E0007B" w:rsidRPr="001820E1" w:rsidRDefault="00E0007B">
-[...6 lines deleted...]
-          <w:p w:rsidR="002E1871" w:rsidRPr="001820E1" w:rsidRDefault="002E1871">
+          <w:p w14:paraId="7853F00A" w14:textId="77777777" w:rsidR="00E0007B" w:rsidRPr="001820E1" w:rsidRDefault="00E0007B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="472C9F47" w14:textId="77777777" w:rsidR="002E1871" w:rsidRPr="001820E1" w:rsidRDefault="002E1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E1871" w:rsidRPr="001820E1" w:rsidTr="00E0007B">
+      <w:tr w:rsidR="002E1871" w:rsidRPr="001820E1" w14:paraId="7A0DAA43" w14:textId="77777777" w:rsidTr="00E0007B">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="177"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="002E1871" w:rsidRDefault="002E1871">
+          </w:tcPr>
+          <w:p w14:paraId="61A1EFCD" w14:textId="77777777" w:rsidR="002E1871" w:rsidRDefault="002E1871">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="002918ED" w:rsidRPr="001820E1" w:rsidRDefault="002918ED">
+          <w:p w14:paraId="1C7971C1" w14:textId="77777777" w:rsidR="002918ED" w:rsidRPr="001820E1" w:rsidRDefault="002918ED">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E1871" w:rsidRPr="00E0007B" w:rsidTr="00E0007B">
+      <w:tr w:rsidR="002E1871" w:rsidRPr="00E0007B" w14:paraId="5581BC35" w14:textId="77777777" w:rsidTr="00E0007B">
         <w:trPr>
           <w:trHeight w:val="833"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10216" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidR="002E1871" w:rsidRPr="001820E1" w:rsidRDefault="002E1871">
+          <w:p w14:paraId="7949D289" w14:textId="77777777" w:rsidR="002E1871" w:rsidRPr="001820E1" w:rsidRDefault="002E1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>Emergency Contact</w:t>
             </w:r>
             <w:r w:rsidR="00195CAA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> Name</w:t>
             </w:r>
             <w:r w:rsidR="001820E1" w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E0007B" w:rsidRPr="001820E1" w:rsidRDefault="00E0007B">
+          <w:p w14:paraId="201EB7E6" w14:textId="77777777" w:rsidR="00E0007B" w:rsidRPr="001820E1" w:rsidRDefault="00E0007B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E1871" w:rsidRPr="00E0007B" w:rsidTr="00E0007B">
+      <w:tr w:rsidR="002E1871" w:rsidRPr="00E0007B" w14:paraId="51D53CF3" w14:textId="77777777" w:rsidTr="00E0007B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="582"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1746" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002E1871" w:rsidRPr="001820E1" w:rsidRDefault="00195CAA">
+          <w:p w14:paraId="6D1E2C4C" w14:textId="77777777" w:rsidR="002E1871" w:rsidRPr="001820E1" w:rsidRDefault="00195CAA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>Relationship:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E0007B" w:rsidRPr="001820E1" w:rsidRDefault="00E0007B">
+          <w:p w14:paraId="399640CB" w14:textId="77777777" w:rsidR="00E0007B" w:rsidRPr="001820E1" w:rsidRDefault="00E0007B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002E1871" w:rsidRPr="001820E1" w:rsidRDefault="0056513F">
+          <w:p w14:paraId="544075D9" w14:textId="77777777" w:rsidR="002E1871" w:rsidRPr="001820E1" w:rsidRDefault="0056513F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="002E1871" w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -4316,79 +4258,78 @@
             <w:r w:rsidR="002E1871" w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002E1871" w:rsidRPr="001820E1" w:rsidRDefault="002E1871">
+          <w:p w14:paraId="47F5F853" w14:textId="77777777" w:rsidR="002E1871" w:rsidRPr="001820E1" w:rsidRDefault="002E1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>Tel. no.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3610" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002E1871" w:rsidRPr="001820E1" w:rsidRDefault="0056513F">
+          <w:p w14:paraId="4244509C" w14:textId="77777777" w:rsidR="002E1871" w:rsidRPr="001820E1" w:rsidRDefault="0056513F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="002E1871" w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -4428,95 +4369,93 @@
             </w:r>
             <w:r w:rsidR="002E1871" w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="002E1871" w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E1871" w:rsidRPr="001820E1" w:rsidTr="00E0007B">
+      <w:tr w:rsidR="002E1871" w:rsidRPr="001820E1" w14:paraId="3D42E685" w14:textId="77777777" w:rsidTr="00E0007B">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:hRule="exact" w:val="173"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002E1871" w:rsidRPr="001820E1" w:rsidRDefault="002E1871">
+          <w:p w14:paraId="7C900CAB" w14:textId="77777777" w:rsidR="002E1871" w:rsidRPr="001820E1" w:rsidRDefault="002E1871">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E1871" w:rsidRPr="00E0007B" w:rsidTr="00E0007B">
+      <w:tr w:rsidR="002E1871" w:rsidRPr="00E0007B" w14:paraId="0A94E316" w14:textId="77777777" w:rsidTr="00E0007B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="728"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5346" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002E1871" w:rsidRPr="001820E1" w:rsidRDefault="001820E1">
+          <w:p w14:paraId="4A925375" w14:textId="77777777" w:rsidR="002E1871" w:rsidRPr="001820E1" w:rsidRDefault="001820E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidR="002E1871" w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>ame</w:t>
             </w:r>
             <w:r w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> of referrer</w:t>
@@ -4573,73 +4512,72 @@
             <w:r w:rsidR="002E1871" w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="002E1871" w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="002E1871" w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0056513F" w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E0007B" w:rsidRPr="001820E1" w:rsidRDefault="00E0007B">
+          <w:p w14:paraId="6A9892DB" w14:textId="77777777" w:rsidR="00E0007B" w:rsidRPr="001820E1" w:rsidRDefault="00E0007B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4870" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002E1871" w:rsidRPr="001820E1" w:rsidRDefault="002E1871">
+          <w:p w14:paraId="7A46D637" w14:textId="77777777" w:rsidR="002E1871" w:rsidRPr="001820E1" w:rsidRDefault="002E1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Date: </w:t>
             </w:r>
             <w:r w:rsidR="0056513F" w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -4658,95 +4596,94 @@
             </w:r>
             <w:r w:rsidR="0056513F" w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidR="0056513F" w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E1871" w:rsidRPr="00E0007B" w:rsidTr="00E0007B">
+      <w:tr w:rsidR="002E1871" w:rsidRPr="00E0007B" w14:paraId="0E534575" w14:textId="77777777" w:rsidTr="00E0007B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1187"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5346" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002E1871" w:rsidRPr="001820E1" w:rsidRDefault="002E1871">
+          <w:p w14:paraId="0CD87413" w14:textId="77777777" w:rsidR="002E1871" w:rsidRPr="001820E1" w:rsidRDefault="002E1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>Relationship if completing on behalf of patient:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4870" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002E1871" w:rsidRPr="001820E1" w:rsidRDefault="0056513F">
+          <w:p w14:paraId="66E9AF67" w14:textId="77777777" w:rsidR="002E1871" w:rsidRPr="001820E1" w:rsidRDefault="0056513F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="002E1871" w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="001820E1">
@@ -4775,93 +4712,93 @@
             <w:r w:rsidR="002E1871" w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="002E1871" w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="002E1871" w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001820E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E0007B" w:rsidRPr="001820E1" w:rsidRDefault="00E0007B">
+          <w:p w14:paraId="2DFAEC98" w14:textId="77777777" w:rsidR="00E0007B" w:rsidRPr="001820E1" w:rsidRDefault="00E0007B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002E1871" w:rsidRDefault="002E1871" w:rsidP="006E087E"/>
+    <w:p w14:paraId="2B9C62DC" w14:textId="77777777" w:rsidR="002E1871" w:rsidRDefault="002E1871" w:rsidP="006E087E"/>
     <w:sectPr w:rsidR="002E1871" w:rsidSect="000C74C2">
-      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1077" w:right="567" w:bottom="1247" w:left="1797" w:header="720" w:footer="709" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="600" w:charSpace="32768"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00EB4CA1" w:rsidRDefault="00EB4CA1">
+    <w:p w14:paraId="2E84133F" w14:textId="77777777" w:rsidR="00EB4CA1" w:rsidRDefault="00EB4CA1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00EB4CA1" w:rsidRDefault="00EB4CA1">
+    <w:p w14:paraId="756D8472" w14:textId="77777777" w:rsidR="00EB4CA1" w:rsidRDefault="00EB4CA1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -4885,102 +4822,102 @@
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00F174A8" w:rsidRPr="000A1A3C" w:rsidRDefault="00F174A8" w:rsidP="004342E8">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="76757A92" w14:textId="77777777" w:rsidR="00F174A8" w:rsidRPr="000A1A3C" w:rsidRDefault="00F174A8" w:rsidP="004342E8">
     <w:pPr>
       <w:ind w:left="-1440" w:right="-177"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="000A1A3C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="32"/>
       </w:rPr>
       <w:t>Please note incomplete forms will be returned which may result in a delay issuing an appointment.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00F174A8" w:rsidRDefault="00F174A8">
+  <w:p w14:paraId="13EC3BB6" w14:textId="77777777" w:rsidR="00F174A8" w:rsidRDefault="00F174A8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00EB4CA1" w:rsidRDefault="00EB4CA1">
+    <w:p w14:paraId="523DCC5D" w14:textId="77777777" w:rsidR="00EB4CA1" w:rsidRDefault="00EB4CA1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00EB4CA1" w:rsidRDefault="00EB4CA1">
+    <w:p w14:paraId="52B4A9DC" w14:textId="77777777" w:rsidR="00EB4CA1" w:rsidRDefault="00EB4CA1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07450518"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="84787C5E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5049,51 +4986,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="367E3AF8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7BF4E5FE"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5162,338 +5099,591 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1831289314">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="2136098065">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="89"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="0000"/>
+  <w:proofState w:spelling="clean"/>
+  <w:stylePaneFormatFilter w:val="0000" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:defaultTableStyle w:val="Normal"/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FA6EFD"/>
     <w:rsid w:val="00047792"/>
     <w:rsid w:val="0005446C"/>
     <w:rsid w:val="0006112D"/>
+    <w:rsid w:val="0008728E"/>
     <w:rsid w:val="000A1A3C"/>
     <w:rsid w:val="000C35A7"/>
     <w:rsid w:val="000C74C2"/>
     <w:rsid w:val="00104D39"/>
     <w:rsid w:val="001657DF"/>
     <w:rsid w:val="001820E1"/>
     <w:rsid w:val="00193921"/>
     <w:rsid w:val="00195CAA"/>
     <w:rsid w:val="00220FDD"/>
     <w:rsid w:val="00282F6B"/>
     <w:rsid w:val="002918ED"/>
     <w:rsid w:val="002C1116"/>
     <w:rsid w:val="002E1871"/>
     <w:rsid w:val="004342E8"/>
     <w:rsid w:val="00454A48"/>
     <w:rsid w:val="0046192B"/>
+    <w:rsid w:val="004655E9"/>
     <w:rsid w:val="00475DA7"/>
     <w:rsid w:val="0056513F"/>
     <w:rsid w:val="00580244"/>
     <w:rsid w:val="00633125"/>
+    <w:rsid w:val="0067612B"/>
     <w:rsid w:val="006E087E"/>
     <w:rsid w:val="00776EE5"/>
     <w:rsid w:val="00791659"/>
     <w:rsid w:val="007B17F9"/>
+    <w:rsid w:val="00803A8B"/>
     <w:rsid w:val="008213A7"/>
     <w:rsid w:val="00997251"/>
     <w:rsid w:val="009C4983"/>
     <w:rsid w:val="009E17CF"/>
     <w:rsid w:val="00A85794"/>
     <w:rsid w:val="00A87999"/>
     <w:rsid w:val="00AF002E"/>
     <w:rsid w:val="00BA2F55"/>
     <w:rsid w:val="00C56B29"/>
     <w:rsid w:val="00C6124C"/>
+    <w:rsid w:val="00C76D1F"/>
     <w:rsid w:val="00CF2289"/>
     <w:rsid w:val="00D81B9A"/>
     <w:rsid w:val="00E0007B"/>
     <w:rsid w:val="00E0036F"/>
+    <w:rsid w:val="00E434E9"/>
     <w:rsid w:val="00E53B3E"/>
     <w:rsid w:val="00EB4CA1"/>
     <w:rsid w:val="00F174A8"/>
     <w:rsid w:val="00F7518F"/>
     <w:rsid w:val="00FA6EFD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1029">
+    <o:shapedefaults v:ext="edit" spidmax="1026">
       <o:colormenu v:ext="edit" fillcolor="none [4]" strokecolor="none [1]" shadowcolor="none [2]"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="7AFD695B"/>
+  <w15:docId w15:val="{B1F6BD52-96D8-4FD9-9CAD-155317A4340B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="000C74C2"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:qFormat/>
     <w:rsid w:val="000C74C2"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
@@ -5637,78 +5827,71 @@
     <w:pPr>
       <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="000A1A3C"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wi.podiatry@nhs.scot" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wi.podiatry@nhs.scot" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wi.podiatry@nhs.scot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5971,75 +6154,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED194963-E890-4925-9CC2-24D0724EEAF1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>445</Words>
-  <Characters>2541</Characters>
+  <Words>462</Words>
+  <Characters>2639</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>21</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>  </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NHSWI</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2981</CharactersWithSpaces>
+  <CharactersWithSpaces>3095</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>7405659</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:podiatrywi@nhs.net</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>